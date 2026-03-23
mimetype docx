--- v0 (2025-12-26)
+++ v1 (2026-03-23)
@@ -833,51 +833,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W08, K2_W10, K2_W11, K2_W12</w:t>
+        <w:t xml:space="preserve">K2_W10, K2_W11, K2_W12, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -987,51 +987,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K1_U02, K2_U01, K2_U04</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U04, K1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>