--- v0 (2025-12-26)
+++ v1 (2026-03-24)
@@ -1032,67 +1032,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w ciągu semestru, ocena pracy dyplomowej magisterskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U14, K2_U15</w:t>
+        <w:t xml:space="preserve">K2_U15, K2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.4.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMZ_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi przygotować, w ustalonym zakresie, pracę dyplomową magisterską</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>