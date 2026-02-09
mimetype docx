--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -813,67 +813,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena dziennika praktyk, obserwacja podczas pracy przez pracodawcę, kontakt z pracodawcą</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-7002_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się oprogramowaniem i urządzeniami stosowanymi w przedsiębiorstwach zajmujących się przetwarzaniem danych przestrzennych. Potrafi realizować stawiane przed nim zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>