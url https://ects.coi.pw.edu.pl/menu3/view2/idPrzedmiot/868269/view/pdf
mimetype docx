--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -813,67 +813,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena dziennika praktyk, obserwacja podczas pracy przez pracodawcę, kontakt z pracodawcą</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-7002_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się oprogramowaniem i urządzeniami stosowanymi w przedsiębiorstwach zajmujących się przetwarzaniem danych przestrzennych. Potrafi realizować stawiane przed nim zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1033,67 +1033,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena dziennika praktyk, obserwacja podczas pracy przez pracodawcę, kontakt z pracodawcą</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K06</w:t>
+        <w:t xml:space="preserve">K_K06, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka GI.ISP-7002_K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość integrującej roli, jaką pełni absolwent kierunku Geoinformatyka w zadaniach, których uczestnikami są inżynierowie geodezji, kartografowie, informatycy oraz specjaliści innych branż.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>