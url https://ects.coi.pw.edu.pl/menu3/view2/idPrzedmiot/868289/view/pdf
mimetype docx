--- v0 (2025-12-28)
+++ v1 (2026-02-11)
@@ -748,191 +748,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-6011_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna algorytmy przetwarzania chmur punktów (filtracji i orientacji). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka GI.IPS-6011_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna sposoby i algorytmy integracji wieloźródłowych danych fotogrametrycznych (ALS, TLS i obrazy cyfrowe)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W13, K_W08</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_W08, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>