--- v1 (2026-02-11)
+++ v2 (2026-03-23)
@@ -888,51 +888,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów oraz sprawozdań i opracowanych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil praktyczny - umiejętności</w:t>