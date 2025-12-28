--- v0 (2025-10-13)
+++ v1 (2025-12-28)
@@ -1101,67 +1101,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćw 1-4 kolokwium cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U09</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zoptymalizować parametry układu regulacji i określać własności obiektów dynamicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1187,51 +1187,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U11, Tr1A_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>