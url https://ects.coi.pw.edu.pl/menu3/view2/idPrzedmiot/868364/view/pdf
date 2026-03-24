--- v1 (2025-12-28)
+++ v2 (2026-03-24)
@@ -1187,51 +1187,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U11, Tr1A_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>