--- v0 (2025-12-29)
+++ v1 (2026-03-01)
@@ -743,137 +743,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: 2 pisemne lub ustne sprawdziany po 3 pytania dotyczące wybranych zagadnień teoretycznych; fakultatywna ocena podsumowująca: pisemny sprawdzian zawierający 6 pytań otwartych;  wymagana odpowiedź na co najmniej 50% pytań .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody analizy MES w programach CAD</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: 2 pisemne lub ustne sprawdziany po 3 pytania dotyczące wybranych zagadnień teoretycznych; fakultatywna ocena podsumowująca: pisemny sprawdzian zawierający 6 pytań otwartych;  wymagana odpowiedź na co najmniej 50% pytań .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>