--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -813,67 +813,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: 2 pisemne lub ustne sprawdziany po 3 pytania dotyczące wybranych zagadnień teoretycznych; fakultatywna ocena podsumowująca: pisemny sprawdzian zawierający 6 pytań otwartych;  wymagana odpowiedź na co najmniej 50% pytań .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>