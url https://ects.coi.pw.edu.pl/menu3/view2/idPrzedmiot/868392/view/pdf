--- v0 (2025-12-29)
+++ v1 (2026-03-01)
@@ -1169,67 +1169,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09, Tr1A_U10</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U10, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować  oraz modernizować systemy oceny niezawodności i bezpieczeństwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>