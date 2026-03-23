--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -739,707 +739,707 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin – część pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna systemy ratownictwa jak również rozumie badania trwałości w projektowaniu, produkcjii eksploatacji technicznych środków transportu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin– część pisemna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna systemy ratownictwa jak również rozumie badania trwałości w projektowaniu, produkcjii eksploatacji technicznych środków transportu</w:t>
+        <w:t xml:space="preserve">Rozumie znaczenie trybologii w ocenie zasobów pracy oraz bezpieczeństwa jak równiez wie na czym polega monitorowanie oraz przetwarzanie informacji z procesu eksploatacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin– część pisemna</w:t>
+        <w:t xml:space="preserve">egzamin – część pisemna  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie znaczenie trybologii w ocenie zasobów pracy oraz bezpieczeństwa jak równiez wie na czym polega monitorowanie oraz przetwarzanie informacji z procesu eksploatacji</w:t>
+        <w:t xml:space="preserve">Wie i rozumie na czym polega identyfikacja modeli matematycznych obiektów i procesów w zakresie niezawodności oraz bezpieczeństwa, zna również  metody ekspertowe i sztucznej inteligencji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin – część pisemna  </w:t>
+        <w:t xml:space="preserve"> egzamin – część pisemna  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie i rozumie na czym polega identyfikacja modeli matematycznych obiektów i procesów w zakresie niezawodności oraz bezpieczeństwa, zna również  metody ekspertowe i sztucznej inteligencji</w:t>
+        <w:t xml:space="preserve">Zna standardy bezpieczeństwa wg polskich i międzynarodowych norm w zakresie środków transportu i infrastruktury oraz homologację i testy dopuszczeniowe, standardy, testy i monitoring dla pojazdów lądowych i statków powietrznych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> egzamin – część pisemna  </w:t>
+        <w:t xml:space="preserve">egzamin  – część pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna standardy bezpieczeństwa wg polskich i międzynarodowych norm w zakresie środków transportu i infrastruktury oraz homologację i testy dopuszczeniowe, standardy, testy i monitoring dla pojazdów lądowych i statków powietrznych </w:t>
+        <w:t xml:space="preserve">Rozumie znaczenie badań prenormatywneych oraz normatywne okresy technicznej eksploatacji środków transportu. Kontrole bezpieczeństwa funkcjonowania środków transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin  – część pisemna</w:t>
+        <w:t xml:space="preserve">egzamin – część pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W10, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie znaczenie badań prenormatywneych oraz normatywne okresy technicznej eksploatacji środków transportu. Kontrole bezpieczeństwa funkcjonowania środków transportu</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić  zasoby pracy technicznych środków transportu i stosować istniejące rozwiązania techniczne i informatyczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin – część pisemna</w:t>
+        <w:t xml:space="preserve">wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W10, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić  zasoby pracy technicznych środków transportu i stosować istniejące rozwiązania techniczne i informatyczne</w:t>
+        <w:t xml:space="preserve">Potrafi projektować  oraz modernizować systemy oceny niezawodności i bezpieczeństwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U10, Tr1A_U08</w:t>
+        <w:t xml:space="preserve">Tr1A_U07, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi projektować  oraz modernizować systemy oceny niezawodności i bezpieczeństwa</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić testy symulacyjne oceniające wskaźniki bezpieczeństwa w eksploatacji wybranych pojazdów samochodowych i szynowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U07, Tr1A_U08</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić testy symulacyjne oceniające wskaźniki bezpieczeństwa w eksploatacji wybranych pojazdów samochodowych i szynowych</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać wyniki eksperymentu czynnego i biernego w ocenie bezpieczeństwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09</w:t>
+        <w:t xml:space="preserve">Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>