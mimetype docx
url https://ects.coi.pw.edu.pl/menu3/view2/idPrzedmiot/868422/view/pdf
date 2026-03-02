--- v0 (2025-12-28)
+++ v1 (2026-03-02)
@@ -901,51 +901,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe (charakterystyki) bloków funkcjonalnych systemów teletransmisyjnych cyfrowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>