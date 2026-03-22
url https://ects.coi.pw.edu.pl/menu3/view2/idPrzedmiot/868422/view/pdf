--- v1 (2026-03-02)
+++ v2 (2026-03-22)
@@ -761,191 +761,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna właściwości i charakterystyki mediów transmisyjnych przewodowych i bezprzewodowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium do 4 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 2 pytania, ew.odpowiedzi ustne lub test do 30 pytań, do zaliczenia wymagane uzyskanie min. 50%+1 punktów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna właściwości i charakterystyki mediów transmisyjnych przewodowych i bezprzewodowych</w:t>
+        <w:t xml:space="preserve">Zna podstawowe zasady modulacji cyfrowych, kodowania, detekcji i korekcji błędów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium do 4 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 2 pytania, ew.odpowiedzi ustne lub test do 30 pytań, do zaliczenia wymagane uzyskanie min. 50%+1 punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe (charakterystyki) bloków funkcjonalnych systemów teletransmisyjnych cyfrowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>