--- v0 (2025-12-28)
+++ v1 (2026-03-02)
@@ -1117,51 +1117,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U22, Tr1A_U24, Tr1A_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sprawdzić warunki przepływu materiałów dla poszczególnych elementów układu transportowego oraz sprawdzić długości kolejek</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>