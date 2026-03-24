--- v1 (2026-03-02)
+++ v2 (2026-03-24)
@@ -1021,51 +1021,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – kolokwium pisemnie w formie pytań otwartych lub pytań testowych. W obu przypadkach  wymagane jest udzielenie odpowiedzi na co najmniej 51% zadanych pytań (bądź w co najmniej połowie odpowiedzieć na zadane pytanie) dotyczących danego efektu kształcenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1101,67 +1101,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia audytoryjne - zaliczenie w formie rozmowy ustnej na podstawie oceny bieżącej pracy wykonywanej w trakcie zajęć oraz ocena całości pracy pod koniec semestru polegająca na ocenie wykonanych ćwiczeń obliczeniowych dot. wydajności układów transportu wewnętrznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U24, Tr1A_U16</w:t>
+        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U22, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sprawdzić warunki przepływu materiałów dla poszczególnych elementów układu transportowego oraz sprawdzić długości kolejek</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>