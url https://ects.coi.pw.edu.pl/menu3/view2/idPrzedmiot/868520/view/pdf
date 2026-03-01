--- v0 (2026-01-13)
+++ v1 (2026-03-01)
@@ -895,51 +895,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09, Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>