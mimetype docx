--- v1 (2026-03-01)
+++ v2 (2026-03-23)
@@ -755,51 +755,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących dławik torowy i transformatory sygnałowe na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących dławik torowy i transformatory sygnałowe. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących dławik torowy i transformatory sygnałowe. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>