--- v0 (2025-12-28)
+++ v1 (2026-03-02)
@@ -758,271 +758,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu projektowania organizacji ze szczególnym uwzględnieniem gospodarowania i  doboru zasobów ludzkich</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena formująca: I,II pisemny sprawdzian cząstkowy, zawierający 3 pytania otwarte ( w tym 1 dotyczące treści opisanego efektu); wymagana odpowiedź w co najmniej 50%; fakultatywna ocena podsumowująca: pisemny sprawdzian - 1 z 6 pytań otwartych, wymagana odpowiedź w co najmniej 50%</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu projektowania organizacji ze szczególnym uwzględnieniem gospodarowania i  doboru zasobów ludzkich</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę  z obszaru komunikacji (przepływu informacji) w organizacji i kontrolowania jej funkcjonowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena formująca: I,II pisemny sprawdzian cząstkowy, zawierający 3 pytania otwarte ( w tym 1 dotyczące treści opisanego efektu); wymagana odpowiedź w co najmniej 50%; fakultatywna ocena podsumowująca: pisemny sprawdzian - 1 z 6 pytań otwartych, wymagana odpowiedź w co najmniej 50%</w:t>
+        <w:t xml:space="preserve">ocena formująca: II pisemny sprawdzian cząstkowy, zawierający 3 pytania otwarte ( w tym 1 dotyczące treści opisanego efektu); wymagana odpowiedź w co najmniej 50%; fakultatywna ocena podsumowująca: pisemny sprawdzian - 1 z 6 pytań otwartych, wymagana odpowiedź w co najmniej 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę  z obszaru komunikacji (przepływu informacji) w organizacji i kontrolowania jej funkcjonowania</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury, baz danych oraz innych źródeł dotyczące współczesnych wieloaspektowych zasad kierowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena formująca: II pisemny sprawdzian cząstkowy, zawierający 3 pytania otwarte ( w tym 1 dotyczące treści opisanego efektu); wymagana odpowiedź w co najmniej 50%; fakultatywna ocena podsumowująca: pisemny sprawdzian - 1 z 6 pytań otwartych, wymagana odpowiedź w co najmniej 50%</w:t>
+        <w:t xml:space="preserve">ocena formująca: I i II pisemny sprawdzian cząstkowy, zawierający pytania otwarte dotyczące treści opisanego efektu; wymagana odpowiedź w co najmniej 50% na każde z nich; fakultatywna ocena podsumowująca: pisemny sprawdzian - jedno pytanie otwarte, wymagana odpowiedź w co najmniej 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U04, Tr1A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>