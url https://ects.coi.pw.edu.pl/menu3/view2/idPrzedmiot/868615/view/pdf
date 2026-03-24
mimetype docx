--- v0 (2026-02-10)
+++ v1 (2026-03-24)
@@ -753,51 +753,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">3 sprawdziany (dwa sprawdzające  wiedzę z ćwiczeń audytoryjnych, jeden ze znajomości treści wykładów) 
 Sprawdziany z ćwiczeń audytoryjnych obejmują 3 zadania - (co najmniej dwa trzeba rozwiązać prawidłowo). Sprawdzian z wykładu z wykładu obejmuje 5 otwartych pytań. Co najmniej na trzy trzeba odpowiedzieć pozytywnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1118,67 +1118,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">3 sprawdziany (dwa sprawdzające  wiedzę z ćwiczeń audytoryjnych, jeden ze znajomości treści wykładów) 
 Sprawdziany z ćwiczeń audytoryjnych obejmują 3 zadania - (co najmniej dwa trzeba rozwiązać prawidłowo). Sprawdzian z wykładu z wykładu obejmuje 5 otwartych pytań. Co najmniej na trzy trzeba odpowiedzieć pozytywnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U11</w:t>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować  działanie układów hydraulicznych i elektrohydraulicznych w technice samochodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>