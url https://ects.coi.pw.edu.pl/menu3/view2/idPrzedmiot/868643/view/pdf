--- v0 (2025-10-13)
+++ v1 (2025-12-24)
@@ -968,67 +968,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenie - samodzielne wykonanie i zaliczenie zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zwymiarować proces logistyczny ze względu na liczbę ludzi i (lub) urządzeń potrzebnych do realizacji tego procesu a także ze względu na nakłady i koszty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>