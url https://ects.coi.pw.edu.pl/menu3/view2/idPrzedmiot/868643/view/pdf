--- v1 (2025-12-24)
+++ v2 (2026-02-08)
@@ -818,217 +818,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład: kolokwium nr 1 - rozwiązanie zadania rachunkowego, kolokwium nr 2 - pytania otwarte</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody prezentacji i zapisu przepływu materiałów i informacji </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład: kolokwium nr 2 - pytania otwarte</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody prezentacji i zapisu przepływu materiałów i informacji </w:t>
+        <w:t xml:space="preserve">Potrafi zapisać graficznie i analitycznie przebieg procesów przepływu materiałów i informacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład: kolokwium nr 2 - pytania otwarte</w:t>
+        <w:t xml:space="preserve">ćwiczenie - samodzielne wykonanie i zaliczenie zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zwymiarować proces logistyczny ze względu na liczbę ludzi i (lub) urządzeń potrzebnych do realizacji tego procesu a także ze względu na nakłady i koszty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>