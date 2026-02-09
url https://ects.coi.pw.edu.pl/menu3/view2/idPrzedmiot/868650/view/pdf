--- v0 (2025-10-12)
+++ v1 (2026-02-09)
@@ -739,137 +739,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe (1/6 wszystkich pytań testowych) dotyczące zagadnień opisanych w efekcie W01. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie funkcjonowania przedsiębiorstwa transportowego: przychody, koszty, amortyzacja, zysk, przepływy pieniężne, sprawozdania finansowe, marketing, strategie rynkowe, rachunek ekonomiczny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe (1/6 wszystkich pytań testowych) dotyczące zagadnień opisanych w efekcie W02. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W14, Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o, I.P6S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_WK.o, I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę dotyczącą elementarnej analizy finansowej oraz zasad oceny efektywności inwestycji w przedsiębiorstwie transportowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>