--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -739,51 +739,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe (1/6 wszystkich pytań testowych) dotyczące zagadnień opisanych w efekcie W01. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W14</w:t>
+        <w:t xml:space="preserve">Tr1A_W14, Tr1A_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>