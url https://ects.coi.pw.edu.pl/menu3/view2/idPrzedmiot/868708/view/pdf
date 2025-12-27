--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian z tematu,  ocena sprawozdania z ćwiczeń  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U06, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U03, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UK, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonywać i interpretować wyniki podstawowych pomiarów wykonywanych w procesie diagnozowania pojazdów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1128,51 +1128,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U18, Tr1A_U17, Tr1A_U09, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyciągać wnioski z prowadzonych badań i przygotować sprawozdanie z zajęć laboratoryjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>