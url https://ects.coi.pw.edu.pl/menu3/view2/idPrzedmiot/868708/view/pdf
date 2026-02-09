--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -1128,51 +1128,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U18, Tr1A_U17, Tr1A_U09, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyciągać wnioski z prowadzonych badań i przygotować sprawozdanie z zajęć laboratoryjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>