--- v2 (2026-02-09)
+++ v3 (2026-03-25)
@@ -1112,67 +1112,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian z tematu,  ocena sprawozdania z ćwiczeń  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U17, Tr1A_U09, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U17, Tr1A_U09, Tr1A_U03, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyciągać wnioski z prowadzonych badań i przygotować sprawozdanie z zajęć laboratoryjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>