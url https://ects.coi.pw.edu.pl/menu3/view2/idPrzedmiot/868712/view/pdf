--- v0 (2025-10-12)
+++ v1 (2025-12-26)
@@ -912,51 +912,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U24, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować zabezpieczenie ładunku na czas przewozu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>