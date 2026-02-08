--- v1 (2025-12-26)
+++ v2 (2026-02-08)
@@ -982,51 +982,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U25, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność wymiarowania procesów transportowych ze względu na wydajność oraz koszty przy uwzględnieniu środków transportowych rozdzielnych i zespolonych oraz warunków pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>