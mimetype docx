--- v2 (2026-02-08)
+++ v3 (2026-03-02)
@@ -982,51 +982,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U25, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność wymiarowania procesów transportowych ze względu na wydajność oraz koszty przy uwzględnieniu środków transportowych rozdzielnych i zespolonych oraz warunków pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1036,67 +1036,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy projektowej w zakresie wymiarowania procesów transportowych ze względu na wydajność i koszty, w tym poprawności zrealizowanych obliczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U16</w:t>
+        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi porównać technologie transportu samochodowego ze względu na wydajność i koszty transportu, jak również całkowite koszty logistyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>