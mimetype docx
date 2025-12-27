--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -767,51 +767,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W14, Tr1A_W13, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WK.o, I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jakie są podstawy prawne zapewniania bezpieczeństwa w ruchu lotniczym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>