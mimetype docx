--- v1 (2025-12-27)
+++ v2 (2026-02-12)
@@ -751,67 +751,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin testowy jednokrotnego wyboru. Do uzyskania pozytywnej oceny z egzaminu wymagane jest udzielenie poprawnej odpowiedzi na co najmniej połowę pytań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W14, Tr1A_W13, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W14, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, III.P6S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jakie są podstawy prawne zapewniania bezpieczeństwa w ruchu lotniczym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>