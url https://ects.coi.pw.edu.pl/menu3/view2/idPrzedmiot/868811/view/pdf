--- v0 (2025-10-16)
+++ v1 (2026-01-09)
@@ -737,51 +737,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: odpowiedź na 2 pisemne lub ustne pytania dotyczące wybranych zagadnień teoretycznych; fakultatywna ocena podsumowująca: pisemny sprawdzian zawierający 6 pytań otwartych; wymagana odpowiedź na co najmniej 50% pytań .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>