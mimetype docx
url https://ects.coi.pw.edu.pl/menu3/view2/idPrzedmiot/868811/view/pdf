--- v1 (2026-01-09)
+++ v2 (2026-02-10)
@@ -807,51 +807,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: odpowiedź na 2 pisemne lub ustne pytania dotyczące wybranych zagadnień teoretycznych; fakultatywna ocena podsumowująca: pisemny sprawdzian zawierający 6 pytań otwartych; wymagana odpowiedź na co najmniej 50% pytań .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>