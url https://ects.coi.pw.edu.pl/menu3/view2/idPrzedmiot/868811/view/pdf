--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -807,51 +807,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: odpowiedź na 2 pisemne lub ustne pytania dotyczące wybranych zagadnień teoretycznych; fakultatywna ocena podsumowująca: pisemny sprawdzian zawierający 6 pytań otwartych; wymagana odpowiedź na co najmniej 50% pytań .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -887,51 +887,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie zadania indywidualnego w systemie CAD. Wymagane jest otrzymanie 6 pkt. z możliwych 10. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U09</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>