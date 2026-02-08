--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -1037,67 +1037,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywność na zajęciach, kolokwium 1 ( 2 zadania z zakresu efektu, wymagane jest poprawne rozwiązanie jednego z tych zadań)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U01, Tr1A_U11</w:t>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U06, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi podać przykłady rozkładów dyskretnych i ciągłych prawdopodobieństwa i dostosować je do analizowanego modelu matematycznego, wyznaczyć podstawowe parametry zmiennych losowych oraz wykorzystać prawa wielkich liczb i twierdzenia graniczne do szacowania prawdopodobieństw z wykorzystaniem tablic statystycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>