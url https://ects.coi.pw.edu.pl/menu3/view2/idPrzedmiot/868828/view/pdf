--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -1107,67 +1107,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywność na zajęciach, kolokwium 1 ( 2 zadania z zakresu efektu, wymagane jest poprawne rozwiązanie jednego z tych zadań)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U06, Tr1A_U01</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U01, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczać syntetyczne charakterystyki próby, a także dla zadanego zadania związanego z badaniem statystycznym, określić odpowiedni model statystyczny, wyznaczyć przedział ufności dla wartości przeciętnej i wariancji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>