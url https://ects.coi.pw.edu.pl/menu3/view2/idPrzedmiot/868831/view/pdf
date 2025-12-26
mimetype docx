--- v0 (2025-10-14)
+++ v1 (2025-12-26)
@@ -1319,67 +1319,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja umiejętności zaplanowania i przeprowadzenia eksperymentu, podczas :
 wykonywania ćwiczenia, zaliczenia (udzielnie min. 60 % prawidłowych odpowiedzi) oraz otrzymanie min. oceny dostatecznej za sprawozdanie, w szczególności w części opracowującej wyniki oraz oszacowanie błędów pomiarowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U21, Tr1A_U11, Tr1A_U10</w:t>
+        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U21, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>