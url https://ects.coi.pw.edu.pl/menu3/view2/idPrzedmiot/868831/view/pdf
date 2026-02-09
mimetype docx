--- v1 (2025-12-26)
+++ v2 (2026-02-09)
@@ -1248,67 +1248,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja umiejętności wyboru i zastosowania metody i  układu pomiarowego, odpowiednio do mierzonych w badanym układzie wielkości mechanicznych, podczas :
 wykonywania ćwiczenia, zaliczenia (udzielnie min. 60 % prawidłowych odpowiedzi) oraz otrzymanie min. oceny dostatecznej za sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U21, Tr1A_U10, Tr1A_U09, Tr1A_U08</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U08, Tr1A_U21, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperyment, opracować wyniki i oszacować błędy pomiarowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1319,67 +1319,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja umiejętności zaplanowania i przeprowadzenia eksperymentu, podczas :
 wykonywania ćwiczenia, zaliczenia (udzielnie min. 60 % prawidłowych odpowiedzi) oraz otrzymanie min. oceny dostatecznej za sprawozdanie, w szczególności w części opracowującej wyniki oraz oszacowanie błędów pomiarowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U21, Tr1A_U11</w:t>
+        <w:t xml:space="preserve">Tr1A_U21, Tr1A_U11, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>