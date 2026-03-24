--- v0 (2025-12-26)
+++ v1 (2026-03-24)
@@ -905,137 +905,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U19, K_U25, K_U11, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PODA_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność budowy prostych modeli dynamicznych, wyznaczania punktów równowagi, przeprowadzania linearyzacji, wyznaczania transmitancji, analizy uchybów ustalonych i badania stabilność układów regulacji automatycznej, analizy charakterystyk częstotliwościowych i doboru prostych korektorów dla spełnienia typowych wymagań projektowych układów regulacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U11, K_U12, K_U19, K_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PODA_U01: </w:t>
       </w:r>
     </w:p>