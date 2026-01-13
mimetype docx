--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -760,367 +760,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa formalne sprawdziany, pierwszy z wiedzy uzyskanej do połowy semestru z zakresu przedsiębiorczości i jej wykorzystania w życiu gospodarczym, drugi do końca semestru polegający na zastosowaniu wiedzy do zbudowania biznesplanu projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W19, K_W16, K_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WK.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PWP_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Poznaje przykłady z życia gospodarczego i uwarunkowania,które umożliwiły sukces</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena działań i przyczyn sukcesów w trakcie dyskusji na ćwiczeniach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W16, K_W17, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PWP_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PWP_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Poznaje przykłady z życia gospodarczego i uwarunkowania,które umożliwiły sukces</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać analizy otaczajacej rzeczywistości, zidentyfikowac bariery i szanse rozwoju przedsiębiorstwa, przedsięwziąć kroki mitygujące ryzyko. Umie wykorzystać swe cechy, od których zależy przedsiębiorczość.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena działań i przyczyn sukcesów w trakcie dyskusji na ćwiczeniach</w:t>
+        <w:t xml:space="preserve">Sprawdzian pisemny propozycji podjętych decyzji orazopisy w biznes planie, nadto udział w dyskusji w na zajęciach i sugerowanie przyczyn przebiegu przypadków z praktyki biznesowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W16, K_W17, K_W19</w:t>
+        <w:t xml:space="preserve">K_U01, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PWP_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić zachowanie rynku i podjąć właściwe decyzje, dzięki którym przewiduje osiągnięcie celu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny w połowie semestru, w którym powinno zostać zaproponowane działanie umożliwiające osiągnięcie sukcesu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PWP_U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PWP_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać analizy otaczajacej rzeczywistości, zidentyfikowac bariery i szanse rozwoju przedsiębiorstwa, przedsięwziąć kroki mitygujące ryzyko. Umie wykorzystać swe cechy, od których zależy przedsiębiorczość.</w:t>
+        <w:t xml:space="preserve">Ma świadomość swoich umiejętności, zna swoje cechy, które pozwalają mu na rozpoczęcie działaności kreatywnej i umie je wykorzystać w praktyce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian pisemny propozycji podjętych decyzji orazopisy w biznes planie, nadto udział w dyskusji w na zajęciach i sugerowanie przyczyn przebiegu przypadków z praktyki biznesowej</w:t>
+        <w:t xml:space="preserve">Propozycja opisów zachowań w przedstawionym biznesplanie, zdolność do oceny potencjału rynku, analizy ryzyk i instrumentwo to ryzyko mitygujących</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U15</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K04, K_K06, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PWP_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość swojego potencjału, umie ocenić zachowanie rynku i podjąć właściwe kroki, umie swój projekt przedstawić w formie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>