--- v0 (2025-12-27)
+++ v1 (2026-03-24)
@@ -1195,487 +1195,487 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U17, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AMO_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność znajdowania minimum/maksimum funkcji nieliniowej metodami gradientowymi albo bezgradientowymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AMO_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AMO_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność znajdowania minimum/maksimum funkcji nieliniowej metodami gradientowymi albo bezgradientowymi</w:t>
+        <w:t xml:space="preserve">Umiejętność sprawdzenia, czy dany punkt jest rozwiązaniem różniczkowalnego zadania optymalizacji bez ograniczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">projekt, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AMO_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność sformułowania dualnego zadania Lagrange’a do danego zadania programowania liniowego albo kwadratowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AMO_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność znajdowania rozwiązania zadania z ograniczeniami za pomocą metod ograniczeń aktywnych oraz metod funkcji kary</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AMO_U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność sprawdzenia, czy dany punkt jest rozwiązaniem regularnego, różniczkowalnego zadania optymalizacji z ograniczeniami</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U17, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AMO_U03: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AMO_U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność sprawdzenia, czy dany punkt jest rozwiązaniem różniczkowalnego zadania optymalizacji bez ograniczeń</w:t>
+        <w:t xml:space="preserve">Umiejętność formułowania modelu optymalizacyjnego (liniowego albo nieliniowego), opisującego pewne typowe problemy praktyczne, zapis modelu matematycznego w języku pakietu AMPL albo w języku pakietu MATLAB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekt, kolokwium</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AMO_U08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność znajdowania rozwiązania zadania optymalizacji za pomocą narzędzi ze skrzynki narzędziowej MATLAB-a, albo odpowiedniego, dołączonego do AMPL solwera (MINOS lub CPLEX) .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>