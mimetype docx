--- v0 (2025-12-21)
+++ v1 (2026-03-23)
@@ -1115,277 +1115,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U09, K_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MODI_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność modelowania i interpretacji nieliniowych charakterystyk statycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MODI_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność zastosowania podstawowych regresyjnych metod identyfikacji obiektów dynamicznych z czasem dyskretnym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U08, K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MODI_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność zastosowania metod modelowania procesów dynamicznych w dziedzinie częstotliwości</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U08, K_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MODI_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność doboru jakościowych metod modelowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>