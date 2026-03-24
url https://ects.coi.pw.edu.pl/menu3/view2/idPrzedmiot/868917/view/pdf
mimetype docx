--- v0 (2025-12-27)
+++ v1 (2026-03-24)
@@ -842,87 +842,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W01, K_W04, K_W05, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SZAU_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza z zakresu modelowania obiektów nieliniowych za pomocą sieci neuronowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, projekty</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W05, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka SZAU_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka SZAU_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza z zakresu modelowania obiektów nieliniowych za pomocą sieci neuronowych.</w:t>
+        <w:t xml:space="preserve">Wpisz opisWiedza na temat zastosowania modeli neuronowych obiektów nieliniowych do zaprojektowania regulatora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -941,58 +1011,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka SZAU_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka SZAU_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wpisz opisWiedza na temat zastosowania modeli neuronowych obiektów nieliniowych do zaprojektowania regulatora.</w:t>
+        <w:t xml:space="preserve">Wiedza na temat zastosowania algorytmów genetycznych do modelowania obiektów nieliniowych i projektowania algorytmów regulacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1003,146 +1073,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W05, K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka SZAU_W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SZAU_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wiedza na temat zastosowania algorytmów genetycznych do modelowania obiektów nieliniowych i projektowania algorytmów regulacji.</w:t>
+        <w:t xml:space="preserve">Umiejętność modelowania obiektu nieliniowego za pomocą modelu rozmytego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwia, projekty</w:t>
+        <w:t xml:space="preserve">projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W05, K_W06, K_W09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka SZAU_U01: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SZAU_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność modelowania obiektu nieliniowego za pomocą modelu rozmytego.</w:t>
+        <w:t xml:space="preserve">Umiejętność zaprojektowania algorytmu regulacji bazującego na rozmytym modelu obiektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1161,58 +1231,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka SZAU_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka SZAU_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność zaprojektowania algorytmu regulacji bazującego na rozmytym modelu obiektu.</w:t>
+        <w:t xml:space="preserve">Umiejętność modelowania obiektu nieliniowego za pomocą sieci neuronowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1231,178 +1301,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka SZAU_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka SZAU_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność modelowania obiektu nieliniowego za pomocą sieci neuronowej.</w:t>
+        <w:t xml:space="preserve">Umiejętność zaprojektowania algorytmu regulacji bazującego na neuronowym modelu obiektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SZAU_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność wykorzystania algorytmu genetycznego do modelowania obiektów nieliniowych i do projektowania algorytmów regulacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>