--- v0 (2025-10-12)
+++ v1 (2026-02-08)
@@ -907,51 +907,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>