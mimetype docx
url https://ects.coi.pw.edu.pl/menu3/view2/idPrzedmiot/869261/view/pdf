--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -1041,67 +1041,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U09</w:t>
+        <w:t xml:space="preserve">K2_U07, K2_U09, K2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>