--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -821,51 +821,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W05, K1_W01</w:t>
+        <w:t xml:space="preserve">K2_W05, K1_W01, K2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1041,67 +1041,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U07, K2_U09, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>