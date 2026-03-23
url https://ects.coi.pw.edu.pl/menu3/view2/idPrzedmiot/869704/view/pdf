--- v0 (2026-01-11)
+++ v1 (2026-03-23)
@@ -795,241 +795,241 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi złożyć fizyczny obwód elektryczny na podstawie jego schematu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia laboratoryjne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dokonać pomiarów sygnałów elektrycznych oraz ich parametrów, a także innych wielkości fizycznych związanych z obwodami elektrycznymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia laboratoryjne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U07, K_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zweryfikować, przeanalizować i przedstawić wyniki pomiarów wielkości elektrycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>