--- v0 (2026-01-13)
+++ v1 (2026-03-24)
@@ -935,67 +935,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin /zaliczenie ćwiczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U15, K_U18, K_U01, K_U07, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U07, K_U09, K_U10, K_U12, K_U15, K_U18, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.2.o, I.P7S_UK, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zrealizować wybrane formy wspomagania użytkowania systemów w zakresie inteligentnych metod komputerowych: porządkowania i wyszukiwania informacji, protokołów badań i działań decyzyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1075,67 +1075,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin /zaliczenie ćwiczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U18, K_U01, K_U07, K_U08, K_U11, K_U12</w:t>
+        <w:t xml:space="preserve">K_U11, K_U12, K_U18, K_U01, K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.2.o, I.P7S_UK, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>