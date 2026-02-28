--- v0 (2025-11-03)
+++ v1 (2026-02-28)
@@ -717,50 +717,330 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystywać dane z bioinformatycznych baz danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystywać algorytmy związane z badaniem profili genetycznych, badaniem pokrewieństw, badaniem mieszanin DNA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystywać algorytmy przewidywania struktur cząsteczek i inne algorytmy optymalizujące procesy biologiczne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać algorytmy pozyskiwania sekwencji biologicznych i algorytmy redukcji wymiarów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać algorytmy dla sekwencji biologicznych aby dostarczyć ich właściwości istotne m.in. dla biologii i medycynyce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -772,390 +1052,110 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystywać dane z bioinformatycznych baz danych</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać wybrany algorytm bioinformatyczny do analizy danych oraz potrafi interpretować wyniki obliczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">projekt realizowany w zespołach 2 lub 3 osobowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">K_U01, K_U05, K_U07, K_U15</w:t>
+        <w:t xml:space="preserve">K_U07, K_U15, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>