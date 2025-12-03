--- v0 (2025-11-02)
+++ v1 (2025-12-03)
@@ -975,51 +975,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>