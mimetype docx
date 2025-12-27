--- v1 (2025-12-03)
+++ v2 (2025-12-27)
@@ -975,51 +975,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1125,51 +1125,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>