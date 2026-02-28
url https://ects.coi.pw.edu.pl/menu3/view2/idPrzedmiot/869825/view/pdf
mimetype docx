--- v2 (2025-12-27)
+++ v3 (2026-02-28)
@@ -765,87 +765,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W01, K_W03, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MOMF_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody macierzowe analizy propagacji fali elektromagnetycznej w pasywnym bądź aktywnym ośrodku dielektrycznym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MOMF_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MOMF_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody macierzowe analizy propagacji fali elektromagnetycznej w pasywnym bądź aktywnym ośrodku dielektrycznym</w:t>
+        <w:t xml:space="preserve">Zna sposoby opisu i analizy pasma wzbronionego w krysztalach fotonicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -864,312 +934,242 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MOMF_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MOMF_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby opisu i analizy pasma wzbronionego w krysztalach fotonicznych</w:t>
+        <w:t xml:space="preserve">Zna podstawowe modele symulacyjne do wyznaczania właściwości elektrycznych przyrządów półprzewodnikowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MOMF_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych problemów obliczeniowych w komputerowym wspomaganiu projektowania układów scalonych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MOMF_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MOMF_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe modele symulacyjne do wyznaczania właściwości elektrycznych przyrządów półprzewodnikowych</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć metodami numerycznymi rozkład pola elektromagnetycznego w ośrodkach pasywnych i aktywnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium, projekt</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W06</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K_U08, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>