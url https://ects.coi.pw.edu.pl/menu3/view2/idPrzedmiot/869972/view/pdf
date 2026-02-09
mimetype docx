--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -721,191 +721,191 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe struktury algebraiczne ; zna podstawowe przykłady ilustrujące poznane struktury</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe definicje i twierdzenia algebry liniowej, rozumie pojęcie istotności założeń w poznanych twierdzeniach; zna podstawowe przykłady ilustrujące poznane pojęcia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">zna podstawowe definicje i twierdzenia logiki matematycznej i teorii mnogości , rozumie pojęcie istotności założeń w poznanych twierdzeniach; zna podstawowe przykłady ilustrujące poznane pojęcia</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">zna podstawowe definicje i twierdzenia algebry liniowej, rozumie pojęcie istotności założeń w poznanych twierdzeniach; zna podstawowe przykłady ilustrujące poznane pojęcia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>