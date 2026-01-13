--- v0 (2025-12-27)
+++ v1 (2026-01-13)
@@ -1297,50 +1297,120 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ULOG_U09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi dobrać procedury syntezy logicznej stosownie do docelowych technologii realizacyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egz. cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ULOG_U09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować metody minimalizacji automatów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1360,232 +1430,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ULOG_U09: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ULOG_U10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Potrafi dobrać procedury syntezy logicznej stosownie do docelowych technologii realizacyjnych</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać ograniczenia klasycznych metod syntezy logicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ULOG_U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać związki syntezy logicznej z zagadnieniami eksploracji danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egz. cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>