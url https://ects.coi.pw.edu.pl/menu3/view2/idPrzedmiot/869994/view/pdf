--- v1 (2026-01-13)
+++ v2 (2026-02-09)
@@ -1437,155 +1437,155 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ULOG_U10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać związki syntezy logicznej z zagadnieniami eksploracji danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egz. cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ULOG_U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi wskazać ograniczenia klasycznych metod syntezy logicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>