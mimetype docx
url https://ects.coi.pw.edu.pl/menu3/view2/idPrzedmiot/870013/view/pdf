--- v0 (2025-12-27)
+++ v1 (2026-01-12)
@@ -794,50 +794,190 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">generacji zakłóceń przez sygnały elektryczne w obwodzie drukowanym oraz metodyki unikania generacji zakłóceń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium + projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projektowania i prowadzenia linii długich w obwodzie drukowanym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium + projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">konstrukcji obwodów drukowanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -899,190 +1039,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium + projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>