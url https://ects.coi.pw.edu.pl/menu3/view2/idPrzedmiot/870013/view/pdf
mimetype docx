--- v1 (2026-01-12)
+++ v2 (2026-03-25)
@@ -794,50 +794,190 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">konstrukcji obwodów drukowanych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">technologii wytwarzania i montażu obwodów drukowanych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium + projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">generacji zakłóceń przez sygnały elektryczne w obwodzie drukowanym oraz metodyki unikania generacji zakłóceń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium + projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -919,600 +1059,460 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">konstrukcji obwodów drukowanych</w:t>
+        <w:t xml:space="preserve">prawidłowego odczytania schematu ideowego, podziału urządzenia na bloki funkcjonalne, identyfikacji potencjalnych źródeł zakłóceń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12</w:t>
+        <w:t xml:space="preserve">K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">technologii wytwarzania i montażu obwodów drukowanych</w:t>
+        <w:t xml:space="preserve">projektowania obwodu drukowanego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">weryfikacji poprawności projektu obwodu drukowanego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">tworzenia dokumentacji wykonawczej obwodu drukowanego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">prawidłowego dobru materiałow do wykonania obwodu drukowanego owymaganych parametrach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">kolokwium + projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U11, K_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:before="20" w:after="190"/>
-[...24 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">prawidłowego dobru materiałow do wykonania obwodu drukowanego owymaganych parametrach</w:t>
+        <w:t xml:space="preserve">prawidłowego wyboru konstrukcji projektowanego obwodu drukowanego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium + projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U16</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">K_U13</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>