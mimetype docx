--- v0 (2025-11-03)
+++ v1 (2025-12-28)
@@ -767,51 +767,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>