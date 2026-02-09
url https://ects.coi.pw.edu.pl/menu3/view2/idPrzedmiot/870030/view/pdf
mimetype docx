--- v1 (2025-12-28)
+++ v2 (2026-02-09)
@@ -767,51 +767,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1197,51 +1197,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11, K_U01, K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>