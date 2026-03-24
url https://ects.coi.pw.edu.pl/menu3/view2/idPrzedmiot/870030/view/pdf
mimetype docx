--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -1197,51 +1197,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U01, K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U11, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>