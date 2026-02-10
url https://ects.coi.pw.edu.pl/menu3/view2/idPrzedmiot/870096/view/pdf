--- v0 (2025-12-03)
+++ v1 (2026-02-10)
@@ -1141,51 +1141,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>