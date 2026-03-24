--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -747,50 +747,260 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Znajomość podstaw fizycznych technik tomograficznych takich jak tomografia rentgenowska, emisyjna, resonansu magnetycznego, impedancyjna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość budowy aparatury dla różnych technik tomograficznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, Laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość metod wizualizacji i przetwarzania obrazów tomograficznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, Laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Znajmość metod rekonstrukcji obrazu z projekcji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -852,260 +1062,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>