--- v0 (2025-10-10)
+++ v1 (2025-12-01)
@@ -758,51 +758,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -978,51 +978,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, sprawdziany i przygotowanie prac projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U07, K_U12, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U06, K_U07, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1118,51 +1118,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U09, K_U10, K_U11, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U01, K_U09, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>