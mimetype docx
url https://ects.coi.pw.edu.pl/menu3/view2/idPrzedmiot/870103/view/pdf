--- v1 (2025-12-01)
+++ v2 (2025-12-28)
@@ -758,51 +758,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -898,51 +898,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W05, K_W06</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W05, K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1118,51 +1118,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U01, K_U09, K_U10, K_U11</w:t>
+        <w:t xml:space="preserve">K_U01, K_U09, K_U10, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>