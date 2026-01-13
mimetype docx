--- v2 (2025-12-28)
+++ v3 (2026-01-13)
@@ -828,51 +828,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -898,51 +898,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W05, K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>