--- v3 (2026-01-13)
+++ v4 (2026-03-01)
@@ -758,51 +758,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -828,51 +828,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>