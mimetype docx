--- v4 (2026-03-01)
+++ v5 (2026-03-23)
@@ -758,51 +758,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1048,51 +1048,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdziany, projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U06, K_U07, K_U08, K_U12</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U12, K_U01, K_U02, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>