--- v0 (2025-12-03)
+++ v1 (2026-02-08)
@@ -785,50 +785,120 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T2A_W01, T2A_W04, T2A_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod tworzenia i przetwarzania obrazów 3D; podstaw stereoskopi, układów stereowizyjnych, metod ToF i światła strukturalnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T2A_W01, T2A_W04, T2A_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie metod analizy ruchu i estymacja ruchu, przepływ optycznego, metod0 dopasowania wzorców, śledzenia ruchu, analiza modeli ruchu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -848,92 +918,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka T2A_W01, T2A_W04, T2A_W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka T2A_W01, T2A_W04, T2A_W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod tworzenia i przetwarzania obrazów 3D; podstaw stereoskopi, układów stereowizyjnych, metod ToF i światła strukturalnego</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie dwuwymiarowej filtracji cyfrowej obrazów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W05, K_W06</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -959,121 +1029,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>