--- v1 (2026-02-08)
+++ v2 (2026-02-28)
@@ -785,121 +785,121 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T2A_W01, T2A_W04, T2A_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod analizy ruchu i estymacja ruchu, przepływ optycznego, metod0 dopasowania wzorców, śledzenia ruchu, analiza modeli ruchu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T2A_W01, T2A_W04, T2A_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie metod tworzenia i przetwarzania obrazów 3D; podstaw stereoskopi, układów stereowizyjnych, metod ToF i światła strukturalnego</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod analizy ruchu i estymacja ruchu, przepływ optycznego, metod0 dopasowania wzorców, śledzenia ruchu, analiza modeli ruchu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>