--- v2 (2026-02-28)
+++ v3 (2026-03-26)
@@ -819,51 +819,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1179,51 +1179,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U07, K_U08, K_U09, K_U10, K_U12, K_U13, K_U14</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U09, K_U10, K_U12, K_U13, K_U14, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>