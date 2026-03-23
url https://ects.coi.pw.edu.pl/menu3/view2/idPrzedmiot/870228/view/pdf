--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -785,121 +785,121 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T2A_W01, T2A_W04, T2A_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod tworzenia i przetwarzania obrazów 3D; podstaw stereoskopi, układów stereowizyjnych, metod ToF i światła strukturalnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T2A_W01, T2A_W04, T2A_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie metod analizy ruchu i estymacja ruchu, przepływ optycznego, metod0 dopasowania wzorców, śledzenia ruchu, analiza modeli ruchu</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod tworzenia i przetwarzania obrazów 3D; podstaw stereoskopi, układów stereowizyjnych, metod ToF i światła strukturalnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>