--- v0 (2025-12-29)
+++ v1 (2026-01-08)
@@ -708,50 +708,330 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_W04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zaprojektować wzmacniacz szerokopasmowy i oszacować jego wlaściwości; wie, jaki problemy wiążą się z przenoszeniem składowej stałej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać wtórnik prosty lub złożony w zależności od potrzeb układu; potrafi projektować i stosować wtórniki o złożonej strukturze z tranzystorów różnych typów z przenoszeniem składowej stałej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi w określonym zakresie dobrać strukturę przerzutnika zależności od potrzeb projektowanego układu lub systemu. Potrafi wyjaśnić elementarny proces przerzutu. Potrafi w pewnym zakresie poprawiać ważne parametry przerzutnika (szybkość przerzutu, częstotliwość maksymalna, możliwość przestrajania, liniowość itd)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi stosować i projektować układy o stałych i regulowanych opóźnieniach; rozzóżnia układy monostabilne  i układy opóźniające, potrafi uzyskać szerokie przestrajanie opóźnienia oraz liniowość strojenia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wyjaśnić ideę pomiaru czasu polegającą na ekspansji  czasu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1129,330 +1409,50 @@
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_W04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wyjaśnić sposób pracy typowego generatora LC w ujęciu impulsowym. Potrafi określić mechanizmy ograniczania i stabilizacji amplitudy. Zna technikę przybliżonego projektowania i uruchamiania generatora LC. Zna budowę przykładowego generatora LC o złożonej strukturze i  uproszczonej technice projektowania.</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi stosować i projektować układy o stałych i regulowanych opóźnieniach; rozzóżnia układy monostabilne  i układy opóźniające, potrafi uzyskać szerokie przestrajanie opóźnienia oraz liniowość strojenia. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>