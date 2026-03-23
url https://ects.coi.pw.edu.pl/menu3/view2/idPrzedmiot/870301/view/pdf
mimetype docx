--- v0 (2025-12-27)
+++ v1 (2026-03-23)
@@ -934,341 +934,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia - kolokwia 1 i 2, laboratoria 2, 3 i 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U08, K_U11, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wyznaczyć napięcia i prądy w prostym obwodzie nieliniowym w stanie ustalonym dla prądu stałego lub dla prądu zmiennego z wykorzystaniem metody małosygnałowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia - kolokwium 1, laboratoria 2 i 3, egzamin - część zadaniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U08, K_U11, K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrtafi wyznaczyć przebiegi napięć i prądów w prostym obwodzie liniowym w stanie nieustalonym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia – kolokwium 2, laboratorium 5, egzamin – część testowa i zadaniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03, K_U08, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wyznaczyć napięcia i prądy w prostym obwodzie nieliniowym w stanie ustalonym dla prądu stałego lub dla prądu zmiennego z wykorzystaniem metody małosygnałowej</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać prawidłową metodę analizy typowego obwodu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ćwiczenia - kolokwium 1, laboratoria 2 i 3, egzamin - część zadaniowa</w:t>
+        <w:t xml:space="preserve">Ćwiczenia – kolokwia 1 i 2, egzamin – część testowa i zadaniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U08, K_U11, K_U12</w:t>
+        <w:t xml:space="preserve">K_U16, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrtafi wyznaczyć przebiegi napięć i prądów w prostym obwodzie liniowym w stanie nieustalonym</w:t>
+        <w:t xml:space="preserve">Student potrafi pracować indywidualnie i w małym zespole nad budową i pomiarami prostych obwodów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ćwiczenia – kolokwium 2, laboratorium 5, egzamin – część testowa i zadaniowa</w:t>
+        <w:t xml:space="preserve">Laboratoria 1-5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U08, K_U11</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K_K04, K_K03</w:t>
+        <w:t xml:space="preserve">K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>