--- v0 (2025-12-28)
+++ v1 (2026-03-24)
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W12, K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W08, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W11, K_W12, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1471,51 +1471,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U11, K_U12, K_U13, K_U15, K_U16, K_U18, K_U21</w:t>
+        <w:t xml:space="preserve">K_U11, K_U12, K_U13, K_U15, K_U16, K_U18, K_U21, K_U01, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>