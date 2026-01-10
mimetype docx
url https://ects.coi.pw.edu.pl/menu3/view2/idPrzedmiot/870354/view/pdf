--- v0 (2025-11-10)
+++ v1 (2026-01-10)
@@ -915,621 +915,621 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin/projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W11, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wiedza nt. testów istotności do oceny wiarygodności otrzymanych wyników</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin/projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wiedza nt. testów istotności do oceny wiarygodności otrzymanych wyników</w:t>
+        <w:t xml:space="preserve">wiedza nt. metod selekcji i ekstrakcji cech we wspomaganiu diagnostyki medycznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wiedza nt. podstawowych klasyfikatorów liniowych stosowanych w diagnostyce medycznej łącznie z metodami oceny ich dokładności</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">egzamin/projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wiedza nt. metod selekcji i ekstrakcji cech we wspomaganiu diagnostyki medycznej</w:t>
+        <w:t xml:space="preserve">wiedza nt. metody estymacji widma gęstości mocy sygnałów biomedycznych oraz ich własności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekt</w:t>
+        <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W11</w:t>
+        <w:t xml:space="preserve">K_W01, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wiedza nt. podstawowych klasyfikatorów liniowych stosowanych w diagnostyce medycznej łącznie z metodami oceny ich dokładności</w:t>
+        <w:t xml:space="preserve">wiedza nt. podstawowych właściwości obrazów oraz sposobów ich analizy, rozumienia i interpretacji, omówić cechy treści obrazowej oraz sposoby oceny jakości i użyteczności obrazów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin/projekt</w:t>
+        <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W11</w:t>
+        <w:t xml:space="preserve">K_W01, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wiedza nt. metody estymacji widma gęstości mocy sygnałów biomedycznych oraz ich własności</w:t>
+        <w:t xml:space="preserve">wykorzystanie metody estymacji punktowej w pomiarach aktywności źródeł izotopowych/radiofarmaceutyków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">projekt/egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W8: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wiedza nt. podstawowych właściwości obrazów oraz sposobów ich analizy, rozumienia i interpretacji, omówić cechy treści obrazowej oraz sposoby oceny jakości i użyteczności obrazów</w:t>
+        <w:t xml:space="preserve">wykorzystanie metody estymacji przedziałowej do analizy prążka widma spektrometrycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">projekt/egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykorzystanie metody estymacji punktowej w pomiarach aktywności źródeł izotopowych/radiofarmaceutyków</w:t>
+        <w:t xml:space="preserve">dokonanie oceny otrzymanych wyników pomiarowych przy pomocy testów statystycznych oraz analizy wariancji </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt/egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_U03, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>