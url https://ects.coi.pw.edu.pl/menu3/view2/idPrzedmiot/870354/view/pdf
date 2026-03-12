--- v1 (2026-01-10)
+++ v2 (2026-03-12)
@@ -915,51 +915,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin/projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1195,51 +1195,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W10, K_W11, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>