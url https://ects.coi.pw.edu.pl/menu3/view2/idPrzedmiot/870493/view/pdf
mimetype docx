--- v0 (2026-01-10)
+++ v1 (2026-02-07)
@@ -1017,50 +1017,120 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka 	ULOG_U09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować zasady algebry Boole’a i algorytmy teorio-grafowe w podstawowych zadaniach optymalizacji układów logicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 	ULOG_U09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować zaawansowane procedury syntezy dwupoziomowej (ekspansja, redukcja argumentów i atrybutów, generacja reguł decyzyjnych)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egz. cz. pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1150,302 +1220,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 	ULOG_U09: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 	ULOG_U16: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosować zasady algebry Boole’a i algorytmy teorio-grafowe w podstawowych zadaniach optymalizacji układów logicznych</w:t>
+        <w:t xml:space="preserve">	Potrafi projektować algorytmiczne maszyny stanów i mikroprogramowane układy sterujące</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">egz. cz. pisemna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ULOG_U09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi dobrać procedury syntezy logicznej stosownie do docelowych technologii realizacyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egz. cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ULOG_U09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować metody minimalizacji automatów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">K_U02</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>