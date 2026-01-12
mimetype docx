--- v0 (2026-01-09)
+++ v1 (2026-01-12)
@@ -1334,51 +1334,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawdzianu wejściowego i sprawozdania Lab6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1404,51 +1404,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawdzianu wejściowego i sprawozdania Lab7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U16</w:t>
+        <w:t xml:space="preserve">K_U16, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>