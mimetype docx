--- v1 (2026-01-12)
+++ v2 (2026-01-12)
@@ -1404,51 +1404,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawdzianu wejściowego i sprawozdania Lab7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>