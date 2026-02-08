--- v0 (2026-01-13)
+++ v1 (2026-02-08)
@@ -977,271 +977,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UM_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma wiedzę niezbędną do wykorzystania elementów teorii procesów decyzyjnych Markowa i programowania dynamicznego do wartościowania i porównywania strategii decyzyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UM_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma wiedzę niezbędną do analizy przebiegu wykonania algorytmów uczenia się ze wzmocnieniem i weryfikacji ich wyników</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka UM_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UM_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę niezbędną do wykorzystania elementów teorii procesów decyzyjnych Markowa i programowania dynamicznego do wartościowania i porównywania strategii decyzyjnych</w:t>
+        <w:t xml:space="preserve">potrafi formułować praktyczne zadania inżynierskie jako zadania uczenia się</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K_U04, K_U11, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>