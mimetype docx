--- v0 (2025-12-29)
+++ v1 (2026-02-10)
@@ -733,85 +733,715 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi podać podstawowe właściwości wzmacniacza operacyjnego (WO), podstawowe zastosowania, znaczenie Slew Rate'u; potrafi zaprojektować układ z WO zasilany pojedycznym napięciem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczyć i zaprojektować podstawowe układy stabilizatorów (dioda Zenera, układy scalonych źródeł odniesienia, zastosowanie wtórników). Potrafi okreśłić wpływ ujemnego sprzężenia zwrotnego na uzyskiwane Rwy. Potrafi w pewnym zakresie rozpoznać, kiedy nie można użyć (lub nie opłaca się) stabilizatora scalonego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi określić znaczenie wtórnika komplementarnego we wzmacniaczach mocy. Potrafi podać przyczyny, dla któych użycie samego wtórnika nie jest wystarczające. Potrafi podać, dlaczego sprawność wzmacniacza liniowego nie może przekroczyć określonego pułapu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi podać klasyfikację przerzutników; potrafi podać przykłady prostych przerzutników z tranzystorami. Potrafi obliczać czasy procesów w wybranych przerzutnikach elementarnych. Potrafi zaprojektować wybrane przerzutniki elementarne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwuim, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi opisać typową strukturę typu VCO. Potrafi policzyć czasy procesów i opisać ich charakter</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi opisać ideę działania prostej przetwornicy bezinducyjnej i prostej przetwornicy z indukcyjnością. Potrafi zaprojektować prosty konwerter z indukcyjnością.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi opisać podstawową strukturę pętli fazowej (PLL). Potrafi podać podstawowe parametry charakteryzujące pętlę oraz wybrane zastosowania tej struktury.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać i projektować punkt pracy podstawowych układów polaryzacji tranzystora bipolarnego. Potrafi obliczać parametry małosygnałowe układu z tranzystorem i zaprojektować układ, aby spełniał założenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozpoznać błędne układy ustalania punktu pracy, potrafi określić granice stosowalności małego sygnału, określić zależność górnej częstotliwości granicznej układu od częstotl. fT.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student potrafi obliczyć i zaprojektować wtórnik emiterowy, potrafi w określonych sytuacjach wybrać typ przewodnictwa tranzystora pasujący do zadania, potrafi policzyć parametry robocze wtórnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwuim, projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -962,680 +1592,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi podać wybrane modyfikacje i rozszerzenia układu (wzmacniacza) różnicowego, podać przykłady sytuacji, gdy modyfikacje są uzasadnione.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, projekt, egzamin</w:t>
-      </w:r>
-[...628 lines deleted...]
-        <w:t xml:space="preserve">kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>