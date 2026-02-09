--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -1195,51 +1195,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W01, K_W10</w:t>
+        <w:t xml:space="preserve">K_W01, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1415,191 +1415,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt/egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">dokonanie oceny otrzymanych wyników pomiarowych przy pomocy testów statystycznych oraz analizy wariancji </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt/egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">dokonanie oceny otrzymanych wyników pomiarowych przy pomocy testów statystycznych oraz analizy wariancji </w:t>
+        <w:t xml:space="preserve">przeprowadzenie (wybraną metodą) selekcji cech dla dostępnych danych pomiarowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt/egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U03, K_U21, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>