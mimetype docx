--- v0 (2025-10-10)
+++ v1 (2026-01-13)
@@ -925,67 +925,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych.
 Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także
 prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U05, K_U10</w:t>
+        <w:t xml:space="preserve">K_U05, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, I.P6S_UU, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PGOZ_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać wiedzę dotyczącą prawa do rozwiązywania konkretnych problemów i formułowania odpowiednich rozstrzygnięć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1147,67 +1147,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie zadań na zajęciach i samodzielnie, a także prezentacja wyników na zajęciach. Analizowanie treści aktów prawnych
 na zajęciach i samodzielnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K02, K_K06</w:t>
+        <w:t xml:space="preserve">K_K06, K_K05, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PGOZ_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie formułować i przedstawiać uzasadnione prawnie opinie na tematy
 związane z działalnością gospodarczą i je poprawnie uzasadniać.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>