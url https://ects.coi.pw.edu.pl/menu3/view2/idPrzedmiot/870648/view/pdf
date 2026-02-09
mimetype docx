--- v1 (2026-01-13)
+++ v2 (2026-02-09)
@@ -1066,67 +1066,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie zadań na zajęciach i samodzielnie, a także prezentacja wyników na zajęciach. Analizowanie treści aktów prawnych na zajęciach i samodzielnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U01, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U05, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UK, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UU, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PGOZ_K01: </w:t>
       </w:r>
     </w:p>
@@ -1147,67 +1147,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie zadań na zajęciach i samodzielnie, a także prezentacja wyników na zajęciach. Analizowanie treści aktów prawnych
 na zajęciach i samodzielnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K06, K_K05, K_K02</w:t>
+        <w:t xml:space="preserve">K_K05, K_K02, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PGOZ_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie formułować i przedstawiać uzasadnione prawnie opinie na tematy
 związane z działalnością gospodarczą i je poprawnie uzasadniać.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>