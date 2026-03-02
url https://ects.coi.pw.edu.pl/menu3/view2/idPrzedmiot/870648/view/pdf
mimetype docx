--- v2 (2026-02-09)
+++ v3 (2026-03-02)
@@ -1066,67 +1066,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie zadań na zajęciach i samodzielnie, a także prezentacja wyników na zajęciach. Analizowanie treści aktów prawnych na zajęciach i samodzielnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U05, K_U01</w:t>
+        <w:t xml:space="preserve">K_U05, K_U01, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UU, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UK, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PGOZ_K01: </w:t>
       </w:r>
     </w:p>