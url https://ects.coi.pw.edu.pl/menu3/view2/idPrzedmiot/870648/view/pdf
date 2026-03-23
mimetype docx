--- v3 (2026-03-02)
+++ v4 (2026-03-23)
@@ -769,67 +769,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. 
 Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także
 prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W08, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WK.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PGOZ_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie znaleźć i zastosować przepisy do analizowanych sytuacji praktycznych, w tym także potrafi znaleźć optymalną formę prowadzenia planowanej działalności gospodarczej. Student umie ocenić istniejącą lub stworzyć nową umowę opisującą relacje handlowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>