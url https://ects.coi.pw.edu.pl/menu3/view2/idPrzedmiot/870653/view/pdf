--- v0 (2025-10-08)
+++ v1 (2026-03-02)
@@ -830,51 +830,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W13, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o konstrukcji, zasadzie działania, właściwościach i modelach tranzystorów bipolarnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1314,67 +1314,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązania zadań problemowych i symulacyjnych, ocena pracy podczas półsemestru, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U17, K_U05, K_U07</w:t>
+        <w:t xml:space="preserve">K_U05, K_U07, K_U13, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.1.o, I.P6S_UU, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobierać modele, formułować pliki wejściowe i przeprowadzać symulacje komputerowe oraz wyznaczać parametry elektryczne elementów układów scalonych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>