--- v1 (2026-03-02)
+++ v2 (2026-03-23)
@@ -1244,67 +1244,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązania zadań problemowych, ocena pracy podczas półsemestru, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U07, K_U13</w:t>
+        <w:t xml:space="preserve">K_U07, K_U13, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyekstrahować parametry modeli diód, tranzystorów bipolarnych i MOS na podstawie ich charakterystyk elektrycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>