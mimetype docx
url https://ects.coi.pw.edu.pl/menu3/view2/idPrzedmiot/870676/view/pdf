--- v0 (2026-02-09)
+++ v1 (2026-03-25)
@@ -833,67 +833,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętności nabyte przez studenta są sprawdzane poprzez ocenę projektów wykonanych samodzielnie przez studenta oraz poprzez ocenę rozwiązania praktycznych zadań na egzaminie. Znaczącą część umiejętności student nabywa poprzez samodzielne studiowanie treści przedmiotu na bazie podręcznika elektronicznego i dodatkowej literatury. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PEEK_01: </w:t>
       </w:r>
     </w:p>